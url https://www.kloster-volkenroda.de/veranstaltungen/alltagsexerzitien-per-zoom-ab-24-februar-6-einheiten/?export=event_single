--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -36,51 +36,51 @@
         <w:tblStyle w:val="tableLayout"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7150" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24.02.2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc0"/>
             <w:r>
-              <w:t>Alltagsexerzitien per Zoom – ab 24. Februar (6 Einheiten)</w:t>
+              <w:t>Alltagsexerzitien – Online</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Einkehr &amp; Pilgern</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -97,89 +97,92 @@
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6 Einheiten jeweils dienstags ab 24.02.2026, 20-21 Uhr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Gemeinsam mit Ihnen möchten wir uns in der Zeit vor Ostern auf den Weg machen, um unsere Beziehung zu Gott anzuschauen, zu klären und zu vertiefen… Dabei wollen wir das Gebet als Ausgangspunkt nehmen, das Jesus selbst seinen Jüngern – und so auch uns hinterlassen hat: das Vater Unser. Es vermittelt in besonderer Weise Jesu Gottesverständnis und lässt uns teilhaben an seinem Beten. Darüber hinaus stellt es uns in die Gemeinschaft der weltweiten Christenheit heute und der Menschen, die es seit 2000 Jahren von Generation zu Generation weiter gegeben haben.</w:t>
+              <w:t xml:space="preserve">Gemeinsam mit Ihnen möchten wir uns in der Zeit vor Ostern auf den Weg machen, um unsere Beziehung zu Gott zu vertiefen durch Meditation und Betrachtung der Worte der Bibel. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Die Tiefe des Vaterunsers meditierend auszuloten und unsere Beziehung zu Gott, uns selbst und den Anderen davon inspirieren zu lassen dazu laden wir Sie herzlich ein.</w:t>
+              <w:t xml:space="preserve">Wir werden die Jahreslosung für 2026 in den Blick nehmen, indem wir uns mit einer Geschichte aus dem Johannesevangelium beschäftigen:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">die Heilung eines chronisch Kranken am Teich Betesda.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sie steht in Johannes 5, 1-20.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wir wollen mit unseren eigenen Fragen und Nöten einsteigen in diese heilsame Begegnung mit Jesus und darauf hören, wie Gott in das Leben jeder und jedes Einzelnen hineinspricht und wirkt mit der verwandelnden Kraft seiner mitfühlenden Liebe.     </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Für den Übungsweg braucht es keine Vorkenntnisse</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">nur eine Neugier auf die Begegnung mit dem lebendigen Gott, der sich in Jesus Christus zeigt.</w:t>
+              <w:t xml:space="preserve">Für diesen vierwöchigen Übungsweg braucht es keine Vorkenntnisse, nur eine Neugier auf die Begegnung mit dem lebendigen Gott, der sich in Jesus Christus zeigt.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Leitung: Sr. Miriam</w:t>
+              <w:t xml:space="preserve">Leitung: Sr. Miriam und Simone Hötzsch</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:br/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
             <w:noWrap/>
@@ -293,85 +296,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="5BFEDD5E"/>
+    <w:nsid w:val="9A0920B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="DCF8E122"/>
+    <w:nsid w:val="F4862F8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>