--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -296,85 +296,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="9A0920B1"/>
+    <w:nsid w:val="C0AB66FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="F4862F8B"/>
+    <w:nsid w:val="425C9DC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>