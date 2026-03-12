--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -36,51 +36,51 @@
         <w:tblStyle w:val="tableLayout"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7150" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24.02.2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc0"/>
             <w:r>
-              <w:t>Alltagsexerzitien – Online</w:t>
+              <w:t>Alltagsexerzitien – Online Semiar</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Einkehr &amp; Pilgern</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -296,85 +296,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="C0AB66FB"/>
+    <w:nsid w:val="41A80263"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="425C9DC9"/>
+    <w:nsid w:val="02FE79BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>