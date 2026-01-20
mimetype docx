--- v0 (2025-12-02)
+++ v1 (2026-01-20)
@@ -67,177 +67,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gottesdienst &amp; Gebet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vormittags pilgern wir auf verschiedenen Wegen mit Jung und Alt nach Volkenroda. Höhepunkt der Wallfahrt ist der ökumenische Gottesdienst im Christus-Pavillon mit etlichen Mitwirkenden.</w:t>
+              <w:t xml:space="preserve">Vormittags pilgern wir auf verschiedenen Wegen mit Jung und Alt nach Volkenroda. Höhepunkt der Wallfahrt ist der ökumenische Gottesdienst im Christus-Pavillon mit etlichen Mitwirkenden. Ansprechperson: Philip Kampe – Klosterpfarrerkampe@kloster-volkenroda.de</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-          </w:p>
-[...110 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:132pt; height:132pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
@@ -339,85 +227,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0EB16EDA"/>
+    <w:nsid w:val="8D976D24"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="F86B1876"/>
+    <w:nsid w:val="0DB52EB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>