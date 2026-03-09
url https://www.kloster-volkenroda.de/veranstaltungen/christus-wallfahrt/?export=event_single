--- v1 (2026-01-20)
+++ v2 (2026-03-09)
@@ -82,50 +82,249 @@
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vormittags pilgern wir auf verschiedenen Wegen mit Jung und Alt nach Volkenroda. Höhepunkt der Wallfahrt ist der ökumenische Gottesdienst im Christus-Pavillon mit etlichen Mitwirkenden. Ansprechperson: Philip Kampe – Klosterpfarrerkampe@kloster-volkenroda.de</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gemeinsam auf dem Weg – gemeinsam feiern</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mit einer der größten ökumenischen Veranstaltungen in Thüringen eröffnen wir die neue Saison am Christus-Pavillon. Bis Ende September lädt dieser besondere Ort dann täglich dazu ein, Stille, Architektur und Glauben neu zu entdecken. Wir machen uns auf den Weg – von verschiedenen Startpunkten aus pilgern wir einander entgegen. Ob kurze Strecke oder längerer Weg: Jede und jeder ist eingeladen, sich anzuschließen, unterwegs ins Gespräch zu kommen, zu singen, zu beten oder einfach die Natur zu genießen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pilgerwege </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(Änderungen vorbehalten)</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">07:00 Ebeleben, Kirche</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">08:10 Rockensußra, beim Radweg</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">08.45 Uhr Beberstedt, Kirche St. Martin</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">9:00 Horsmar, Kirche St. Pancratius</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">09:05 Mehrstedt, Kirche</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">9:30 Schlotheim, St. Servator-Kirche</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">10:00 Grabe, Pilgergottesdienst bei der Kirchenruine</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">10:30 Obermehler, Kirche St. Ulrich</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">10:45 Körner, Treff im Pfarrgarten, Dammstr. 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">11:00 Grabe, Familienpilgerweg, auch für Kinder geeignet, Beginn bei der Furthmühle. Familienpilgerweg</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">11:30 Fahrradpilgern, Abfahrt bei EFG Mühlhausen, Stülerstr. 1bDie eintreffenden Pilgergruppen werden bei der Klosterpforte begrüßt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ankommen und Feiern</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">12:00 Uhr – Festprogramm auf dem Klostergelände</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mit leckerem Essen, Kinderangeboten, Gospelmusik und Blasmusik sowie einem „Markt der Möglichkeiten“ laden wir ein, das Miteinander zu genießen und Neues zu entdecken.14:30 Uhr – Ökumenischer Gottesdienst</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ein Gottesdienst für alle – feierlich gestaltet mit Gospelchor, Bläsermusik, Band und eigenem Kindergottesdienst.15:30 Uhr – Ausklang bei Kaffee und Kuchen</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zeit zum Verweilen, Begegnen, Lachen und Teilen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gemeinsam feiern. Gemeinsam glauben.</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wir freuen uns auf viele bekannte und neue Gesichter – auf Menschen, die sich auf den Weg machen und diesen besonderen Saisonbeginn mit uns erleben möchten. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leitung:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> Philip Kampe – Klosterpfarrer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:132pt; height:132pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
@@ -227,85 +426,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8D976D24"/>
+    <w:nsid w:val="E7998A0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0DB52EB9"/>
+    <w:nsid w:val="3A0AF910"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>