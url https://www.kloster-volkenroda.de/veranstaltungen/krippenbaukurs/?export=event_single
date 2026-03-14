--- v0 (2025-12-08)
+++ v1 (2026-03-14)
@@ -27,101 +27,101 @@
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7150" w:type="dxa"/>
         <w:gridCol w:w="400" w:type="dxa"/>
         <w:gridCol w:w="2800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableLayout"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7150" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. - 23.11.2025</w:t>
+              <w:t xml:space="preserve">16. - 19.11.2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc0"/>
             <w:r>
               <w:t>Krippenbaukurs</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Seminare &amp; Workshops</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">130 Euro Seminarbeitrag </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">zzgl. Übernachtung und Verpflegung</w:t>
+              <w:t xml:space="preserve">zzgl. Übernachtung (Aktionspreis) und Verpflegung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wir gestalten individuelle Weihnachtskrippen im heimatlichen oder orientalischen Stil, aus Wurzeln und Naturmaterial.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -251,85 +251,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="77A4C7A3"/>
+    <w:nsid w:val="397195E9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="2CB1B653"/>
+    <w:nsid w:val="189274A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -459,51 +459,51 @@
     <w:name w:val="heading 1"/>
     <w:rPr>
       <w:sz w:val="64"/>
       <w:szCs w:val="64"/>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="linkStyle"/>
     <w:rPr>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kloster-volkenroda.de/veranstaltungen/krippenbaukurs/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kloster-volkenroda.de/veranstaltungen/krippenbaukurs-2/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>