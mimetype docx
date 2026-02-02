--- v0 (2025-12-08)
+++ v1 (2026-02-02)
@@ -67,81 +67,81 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gottesdienst &amp; Gebet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">offen für alle</w:t>
+              <w:t xml:space="preserve">Eintritt frei! Jeder ist willkommen!</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musik, die Glauben lebendig macht</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> Jeden Samstag laden wir dazu ein, zur Ruhe zu kommen, aufzutanken und Gott im Gesang zu begegnen.</w:t>
+              <w:t xml:space="preserve"> Wir laden dazu ein, zur Ruhe zu kommen, aufzutanken und Gott im Gesang zu begegnen.</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gemeinsam mit den Johannitern, die diese Abende großzügig unterstützen, wollen wir unser Herz öffnen für das, was wirklich trägt.Wir bringen </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">alte Lieder</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> wieder zum Klingen – Lieder, die Generationen von Menschen im Glauben gestärkt haben und uns an die Wurzeln unserer Hoffnung erinnern. Und wir singen </w:t>
@@ -193,59 +193,59 @@
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sing mit uns.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lass dich tragen von einem Lobpreis, der Herzen verbindet.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> Jeden Samstag im Kloster Volkenroda.</w:t>
+              <w:t xml:space="preserve"> Jeden 1. Samstag im Monat im Kloster Volkenroda.</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wir freuen uns auf dich!</w:t>
+              <w:t xml:space="preserve">Wir freuen uns auf dich! Worship im Kloster auf Youtube </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:132pt; height:132pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
@@ -348,85 +348,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8CCE913A"/>
+    <w:nsid w:val="95601FAC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="3DBC2885"/>
+    <w:nsid w:val="CB3AC25A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>