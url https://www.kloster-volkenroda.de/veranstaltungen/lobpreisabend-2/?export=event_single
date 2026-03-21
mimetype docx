--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -348,85 +348,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="95601FAC"/>
+    <w:nsid w:val="ECDA0BF0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="CB3AC25A"/>
+    <w:nsid w:val="FB0567F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>