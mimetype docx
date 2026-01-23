--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -78,61 +78,51 @@
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">399 EUR Seminargebühr pro Kind</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> zzgl. Übernachtung und Verpflegung Geschwisterrabatt: 50 € (ab dem zweiten Kind) </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Frühbucherrabatt: 50 € bis 31. Dezember 2025</w:t>
+              <w:t xml:space="preserve"> zzgl. Übernachtung und Verpflegung Geschwisterrabatt: 50 € (ab dem zweiten Kind)  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Für Schülerinnen und Schüler</w:t>
             </w:r>
             <w:br/>
@@ -325,85 +315,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="43882017"/>
+    <w:nsid w:val="870FCB56"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="18ADFBAD"/>
+    <w:nsid w:val="0F510C25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>