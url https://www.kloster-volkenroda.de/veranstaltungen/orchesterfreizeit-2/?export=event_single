--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -315,85 +315,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="870FCB56"/>
+    <w:nsid w:val="96E1862E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0F510C25"/>
+    <w:nsid w:val="75808A5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>