--- v0 (2025-12-02)
+++ v1 (2026-01-20)
@@ -69,100 +69,121 @@
               <w:t xml:space="preserve">Gottesdienst &amp; Gebet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wir erstellen Ihnen gern ein individuelles Angebot.</w:t>
             </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schreiben Sie uns unter info@kloster-volkenroda.de</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Das Geheimnis, wie das Leben über den Tod gesiegt hat, feiert man besonders intensiv, wenn man auch den Weg durch die Karwoche, auf Ostern hin bewusst geht. Und wenn man diese tiefgehenden Tage miteinander erlebt.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Seien Sie dabei, wenn im Kloster Volkenroda die Spannung des Gründonnerstags zwischen fröhlichem Fest und Nacht des Verrats gemeinsam gestaltet, die Krise des Karfreitags durchschritten, der besonderen Atmosphäre des Karsamstags nachgespürt und die Auferstehung Jesu in der Osternacht aus vollem Herzen gefeiert wird. Auch das Osterfeuer, eine Gebetsnacht, die Möglichkeit zur Beichte, ein großer Oster-Brunch und vieles mehr gehören im Kloster dazu. Außerdem viele interessante Workshop-Angebote.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Und weil das Wunder der Auferstehung zu groß ist, als dass es an einem einzigen Tag gefeiert werden könnte, geht das Fest bis Ostermontag weiter.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Angebot unter:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Schreiben Sie uns über info@kloster-volkenroda.de Ihren Zimmerwunsch (inkl. Geb.-Datum bei Kindern). Wir erstellen Ihnen gerne ein Angebot.</w:t>
+              <w:t xml:space="preserve">Schreiben Sie uns über info@kloster-volkenroda.de Ihren Zimmerwunsch </w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(inkl. Geburtsdatum bei Kindern). Wir erstellen Ihnen gerne ein Angebot.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -286,85 +307,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="DF2F0640"/>
+    <w:nsid w:val="13701D45"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="26779587"/>
+    <w:nsid w:val="ABD7D9BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>