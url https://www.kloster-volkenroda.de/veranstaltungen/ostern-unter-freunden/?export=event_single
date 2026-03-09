--- v1 (2026-01-20)
+++ v2 (2026-03-09)
@@ -307,85 +307,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="13701D45"/>
+    <w:nsid w:val="56C29337"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="ABD7D9BB"/>
+    <w:nsid w:val="E4933109"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>