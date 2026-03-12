--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -1,173 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7150" w:type="dxa"/>
         <w:gridCol w:w="400" w:type="dxa"/>
         <w:gridCol w:w="2800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="tableLayout"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7150" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. - 19.10.2025</w:t>
+              <w:t xml:space="preserve">23. - 25.10.2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc0"/>
             <w:r>
               <w:t>Pfarrfrauentagung</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Seminare &amp; Workshops</w:t>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anmeldungen bitte an info@kloster-volkenroda.de</w:t>
+              <w:t xml:space="preserve">75 Euro Seminarbeitrag zzgl. Übernachtung und Verpflegung 50 Euro Tagesteilnahme zzgl. Verpflegung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="75" w:lineRule="exact"/>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="7" w:color="F2F2F2"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gemeinsam unterwegs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wir Frauen von Pfarrern, Diakonen, Gemeindepädagogen und Vikaren leben häufig an präsenter Stelle im Pfarrhaus und sind in Familie, Beruf und Gemeinde engagiert. Nicht selten sind wir mit persönlichen Nöten von Gemeindegliedern konfrontiert und werden als Begleiterinnen und Unterstützerinnen gefragt. Wir wollen für andere da sein und kommen dabei auch an unsere Grenzen.</w:t>
-[...1 lines deleted...]
-            <w:br/>
+              <w:t xml:space="preserve">Leben an der Seite eines Pfarrers bedeutet in vielen Fällen auch Leben im Pfarrhaus. In vergangenen Jahrzehnten waren die Erwartungen an ein solches Leben klar: dem Ehemann den Rücken stärken und Einsätze zu allen Tageszeiten ermöglichen, nett und freundlich aus dem Hintergrund für reibungslose Abläufe sorgen, den Frauenkreis leiten, die Kranken besuchen, einen gepflegten Garten und gut erzogene Kinder präsentieren.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Woher nehmen wir das Vertrauen, die Kraft, die Zuversicht, den Glauben, die Freude, die andere bei uns zu finden hoffen?</w:t>
-[...1 lines deleted...]
-            <w:br/>
+              <w:t xml:space="preserve">Und heute, im Zeitalter der unzählbaren Möglichkeiten? Darf eine Pfarrfrau da auch ganz anders sein – muss sie es sogar?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">In diesen Tagen wollen wir uns Zeit nehmen, uns neu auf Gott als die Quelle allen Lebens auszurichten und in Gemeinschaft aufzutanken. </w:t>
+              <w:t xml:space="preserve">Wir wollen uns in diesen Tagen austauschen, wie wir als Partnerinnen von Pfarrern leben (wollen) und wie es uns gelingen kann, neue Wege einzuschlagen und Veränderungen einzuleiten. Im Austausch können wir voneinander hören, uns gegenseitig inspirieren und unterstützen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wir pflegen einen ehrlichen Austausch über das, was uns bewegt. Wir beten mit- und füreinander und ermutigen uns gegenseitig, unser Vertrauen in großen und kleinen Dingen auf Gott zu setzen.</w:t>
-[...1 lines deleted...]
-            <w:br/>
+              <w:t xml:space="preserve">Beim Eintauchen in biblische Geschichten werden wir sehen, wie unterschiedlich Frauen an der Seite von Verkündigern und Leitern schon vor vielen Generationen gelebt haben, wie sie mehr oder weniger leicht ihren eigenen Weg gefunden haben und was wir heute noch von ihnen lernen können.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">In der wunderschönen Umgebung des Klosters Volkenroda wollen wir auftanken, neue Kontakte knüpfen und uns auf verschiedenen Wegen der Quelle unseres Lebens neu annähern.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Anmeldungen bitte an info@kloster-volkenroda.de</w:t>
+              <w:t xml:space="preserve">Eingebunden in die Struktur der Tageszeitgebete und in die Weite der Natur ist Raum und Gelegenheit zu persönlicher Stille und Besinnung.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:132pt; height:132pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
@@ -270,85 +271,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="9D9A215E"/>
+    <w:nsid w:val="002F209D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="E0870107"/>
+    <w:nsid w:val="C989E670"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -478,51 +479,51 @@
     <w:name w:val="heading 1"/>
     <w:rPr>
       <w:sz w:val="64"/>
       <w:szCs w:val="64"/>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="linkStyle"/>
     <w:rPr>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kloster-volkenroda.de/veranstaltungen/pfarrfrauentagung/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kloster-volkenroda.de/veranstaltungen/pfarrfrauentagung/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>