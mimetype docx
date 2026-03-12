--- v1 (2026-03-12)
+++ v2 (2026-03-12)
@@ -271,85 +271,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="002F209D"/>
+    <w:nsid w:val="4C2926B4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="C989E670"/>
+    <w:nsid w:val="B86830C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>